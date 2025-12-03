--- v0 (2025-10-14)
+++ v1 (2025-12-03)
@@ -88,108 +88,124 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">УПРАВЛЕНИЕ МЕДИКО-СПАСАТЕЛЬНОЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
-            <w:br/>
-[...1 lines deleted...]
-            <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">  Начальник управления</w:t>
+              <w:t xml:space="preserve"> Начальник управления</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> подполковник м/с</w:t>
+              <w:t xml:space="preserve"> полковник м/с</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">   Гуляев Владислав Георгиевич</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Практически с первых дней своего становления «Лидер» стал одним изсамых ярких представителей МЧС в «горячих точках». Несомненно, чтони одно подразделение не могло обойтись без медицинской службы,которая до настоящего времени выполняет медицинское обеспечениевыездных бригад Центра, а также непосредственно участвует воказании первой врачебной и квалифицированной медицинскойпомощи.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Цели и виды деятельности управления:</w:t>
             </w:r>
             <w:br/>
             <w:br/>
+            <w:br/>
+            <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">организация медицинского обеспечения (в составе дежурных смен иаэромобильных группировок) в зонах проведения аварийно-спасательныхи других неотложных работ при ликвидации последствий ЧС природногои техногенного характера; оказание доврачебной и первой врачебнойпомощи пострадавшим в зонах ЧС; проведение пред-ипостэкспедиционных обследований личного состава отрядов Центра;организация и проведение лечебно-профилактических мероприятий средиличного состава Центра; организация проведения медицинскойреабилитации сотрудников Центра; организация и проведениеуглубленного медицинского осмотра военнослужащих по призыву ивоеннослужащих по контракту; обучение личного состава Центраосновам оказания первой помощи в районах ЧС; медицинскоеобеспечение мероприятий повседневной деятельности Центра иЦентрального Аппарата МЧС России.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Управление состоит из следующих отделов:</w:t>
             </w:r>
+            <w:br/>
+            <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">отдел медико-спасательный</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> выполняет медицинское обеспечениев ходе проведения аварийно-спасательных и других неотложных работ;оказание медицинской помощи пострадавшим в зонах ЧС; оказаниенеотложной медицинской помощи одновременно 9 пострадавшим,пропускная способность – 35-40 чел./час. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">медицинский отдел</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (с лазаретом на пять коек) выполняет лечебно – профилактическое,санитарно – гигиеническое и противоэпидемическое обеспечениеличного состава Центра; оказание медицинской помощи личному составуЦентра; направление нуждающихся в обследовании и стационарномлечении военнослужащих в военные госпитали.</w:t>
             </w:r>
             <w:br/>