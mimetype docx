--- v1 (2025-12-03)
+++ v2 (2026-01-31)
@@ -204,51 +204,51 @@
               </w:rPr>
               <w:t xml:space="preserve">медицинский отдел</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (с лазаретом на пять коек) выполняет лечебно – профилактическое,санитарно – гигиеническое и противоэпидемическое обеспечениеличного состава Центра; оказание медицинской помощи личному составуЦентра; направление нуждающихся в обследовании и стационарномлечении военнослужащих в военные госпитали.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>