--- v0 (2025-10-08)
+++ v1 (2026-01-31)
@@ -88,117 +88,92 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">УПРАВЛЕНИЕ ПЕРВООЧЕРЕДНЫХ АВАРИЙНО-СПАСАТЕЛЬНЫХ РАБОТ В ЗОНАХЧС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
-          <w:tcPr>
-[...13 lines deleted...]
-        <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">   Начальник управления </w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">  полковник</w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">История управления тесно связанна с историей создания иформирования всего Центра. Костяком Центра стали люди, имевшие опытбоевых действий, служившие в подразделениях специальногоназначения. Многие из них являются спасателями международногокласса, мастерами спорта международного класса, инструкторами поальпинизму.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Цели и виды деятельности управления:</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">проведения аварийно-спасательных и других неотложных работ приликвидации чрезвычайных ситуаций природного и техногенногохарактера на территории Российской Федерации, территорияхиностранных государств, в том числе работ особой сложности наобъектах с повышенной опасностью для жизни и здоровья людей сиспользованием робототехнических средств, в труднодоступнойместности, на акваториях и в горах с использованием специальногооборудования; проведение аварийно-спасательных и неотложных работ втруднодоступной местности и в горах с десантированием спасателей ина акваториях с использованием плавсредств и водолазного снаряженияпри ликвидации чрезвычайных ситуаций; организация и осуществлениекруглосуточного оперативного дежурства дежурных смен с цельюэкстренного реагирования на чрезвычайные ситуации, включаядорожно-транспортные происшествия, в зоне ответственности.</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">​</w:t>
+              <w:t xml:space="preserve">проведения аварийно-спасательных и других неотложных работ приликвидации чрезвычайных ситуаций природного и техногенногохарактера на территории Российской Федерации, территорияхиностранных государств, в том числе работ особой сложности наобъектах с повышенной опасностью для жизни и здоровья людей сиспользованием робототехнических средств, в труднодоступнойместности, на акваториях и в горах с использованием специальногооборудования; проведение аварийно-спасательных и неотложных работ втруднодоступной местности и в горах с десантированием спасателей ина акваториях с использованием плавсредств и водолазного снаряженияпри ликвидации чрезвычайных ситуаций; организация и осуществлениекруглосуточного оперативного дежурства дежурных смен с цельюэкстренного реагирования на чрезвычайные ситуации, включаядорожно-транспортные происшествия, в зоне ответственности. ​</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Управление состоит из следующих отделов:</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:spacing w:val="3"/>
                 <w:shd w:val="clear" w:fill="initial"/>
               </w:rPr>
               <w:t xml:space="preserve">отделспасателей-десантников</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, предназначен для доставки грузов,десантирования на труднодоступную местность, спасения пострадавшихс помощью сур с крыш зданий и льдин и дальнейшего проведенияспасательных работ. Специалисты отдела готовы выполнитьдесантирование на труднодоступную местность с высоты от 100 до 8000метров с любых типов воздушных судов; способны доставить груз общеймассой до 12 тонн, эвакуировать пострадавших, поднимая их на бортвертолета с помощью специальных устройств. </w:t>
             </w:r>
@@ -221,51 +196,51 @@
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">отдел аварийно-спасательных водолазных работ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, предназначендля выполнения поисковых работ на акваториях одновременно тремяводолазными группами, внутренних и внешних водоемах, дляподводно-технических работ с использованием экзотермической сваркии резки, гидродинамического инструмента на глубинах до 60 метров.Проведение поисково-спасательных водолазных работ одновременносилами трех групп по 4 человека каждая.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>