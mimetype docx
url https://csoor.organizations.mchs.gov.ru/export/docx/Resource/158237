--- v1 (2026-01-31)
+++ v2 (2026-03-24)
@@ -88,66 +88,86 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">УПРАВЛЕНИЕ ПЕРВООЧЕРЕДНЫХ АВАРИЙНО-СПАСАТЕЛЬНЫХ РАБОТ В ЗОНАХЧС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">   Начальник управления </w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:br/>
+              <w:t xml:space="preserve">подполковник</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Наумов Сергей Николаевич</w:t>
+            </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">История управления тесно связанна с историей создания иформирования всего Центра. Костяком Центра стали люди, имевшие опытбоевых действий, служившие в подразделениях специальногоназначения. Многие из них являются спасателями международногокласса, мастерами спорта международного класса, инструкторами поальпинизму.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Цели и виды деятельности управления:</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>