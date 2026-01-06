--- v0 (2025-10-18)
+++ v1 (2026-01-06)
@@ -113,51 +113,51 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">проведениеаварийно-спасательных и неотложных работ в труднодоступнойместности и в горах с десантированием спасателей и грузов, наобъектах с повышенной опасностью для жизни и здоровья людей сиспользованием робототехнических средств, на акваториях сиспользованием плавсредств и водолазного снаряжения при ликвидациичрезвычайных ситуаций; организация и осуществление круглосуточногооперативного дежурства дежурных смен с целью экстренногореагирования на чрезвычайные ситуации, включая дорожно-транспортныепроисшествия, в зоне ответственности; ведение радиационной,химической, бактериологической разведки зоны чрезвычайной ситуации,в том числе состояние объекта, территории, маршрутов выдвижения сили средств, определение границ зоны чрезвычайной ситуации;радиационный, химический контроль личного состава, населения,техники, вооружения, объектов окружающей среды при возникновении иликвидации чрезвычайных ситуаций; проведение работ по поиску,обнаружению и локализации (нейтрализации) опасных химическихвеществ (далее – ОХВ), транспортировки аварийных сосудов с ОХВ;проведение работ по поиску радиоактивных веществ и радиоактивныхотходов, изъятию и транспортировке радиоактивных отходов;проведение работ по дезактивации, дегазации, дезинфекции,дезинсекции, дератизации и демеркуризации; участие в мероприятияхпо накоплению и обеспечению военнослужащих спасательных воинскихформирований МЧС России, сотрудников и работников федеральнойпротивопожарной службы, федеральных государственных гражданскихслужащих и работников центрального аппарата МЧС России средствамииндивидуальной защиты, приборами радиационной химической разведки ирадиационного контроля; участие в проведении газоспасательных работ(комплекс аварийно-спасательных работ по оказанию помощипострадавшим при взрывах, пожарах и загазованности); обеспечениесохранности грузов, доставляемых в районы чрезвычайных ситуаций вкачестве гуманитарной помощи, а также обеспечение сохранностиматериальных и культурных ценностей, вывозимых из районовчрезвычайных ситуаций; обеспечение эвакуации граждан из районовчрезвычайных ситуаций, в том числе из-за рубежа, и обеспечение ихбезопасности; выполнение мероприятий по защите жизни людей исохранности материальных и культурных ценностей, объектов экономикив районах чрезвычайных ситуаций; обеспечение безопасностисотрудников МЧС России и иных федеральных органов исполнительнойвласти, привлекаемых к проведению работ в районах чрезвычайныхситуаций; профессиональную подготовку личного состава Учреждения сприсвоением квалификаций «спасатель», «спасатель 3 класса»,«спасатель 2 класса», а также специалистов по эксплуатацииробототехнических комплексов, парашютистов, водолазов,горноспасателей и пиротехников; проведение пиротехнических работ,связанных с обезвреживанием авиационных бомб и фугасов, обрушениемконструкций зданий и сооружений, угрожающих обвалом ипрепятствующих безопасному проведению спасательных работ; участие вобеспечении работ по гуманитарному разминированию; выполнение задачв составе Коллективных сил оперативного реагирования ОрганизацииДоговора о коллективной безопасности; проведение кинологическихработ, связанных с обнаружением пострадавших людей в завалах иобнаружением взрывоопасных предметов; проведение аварийныхподводно-технических (водолазных) работ; участие в ликвидации(локализации) гидродинамических аварий (прорыв плотин, дамб,шлюзов) и катастрофических затоплений; проведение радиационной,химической и биологической разведки маршрутов выдвиженияоперативных групп учреждения на запасные пункты управления (далее -ЗПУ), организация сопровождения автомобильной колоны и транспортноеобеспечение при переводе центрального аппарата МЧС России на работув условиях военного времени; транспортное обеспечение повседневнойдеятельности центрального аппарата МЧС России; осуществление вустановленном порядке пропускного режима в административных зданияхцентрального аппарата МЧС России; осуществление работы бюропропусков в административных зданиях центрального аппарата МЧСРоссии; государственная регистрация и проведение государственноготехнического осмотра транспортных средств спасательных воинскихформирований МЧС России; взаимодействие с федеральными органамиисполнительной власти, в том числе с Государственной инспекциейбезопасности дорожного движения Министерства внутренних делРоссийской Федерации, Министерством обороны Российской Федерации;обеспечение соблюдения правил дорожного движения водителямитранспортных средств МЧС России на дорогах общего пользования;осуществление сопровождения транспортных средств спасательныхвоинских формирований МЧС России на дорогах общего пользования;участие в проведении работ по сертификации, стандартизации ивнедрению робототехнических средств, средств малой механизации идругих высокотехнологичных аварийно-спасательных средств для МЧСРоссии; участие в научно-исследовательских и опытно-конструкторскихработах, выполняемых в интересах МЧС России; проведение мероприятийпо планированию, созданию, сохранению и использованию страховыхфондов документации на объекты повышенного риска и системжизнеобеспечения населения; участие в инвестиционном, долевомстроительстве; организация оказания первой помощи населению в зонечрезвычайных ситуаций, медицинского сопровождения личного составаМЧС России при проведении аварийно-спасательных работ и эвакуацииграждан из районов чрезвычайных ситуаций, как на территорииРоссийской Федерации, так и за ее пределами; оказание медицинскойпомощи военнослужащим, членам их семей и неотложной медицинскойпомощи гражданскому персоналу, проживающим на территорииУчреждения, а также оказание медицинских услуг силами медицинскогоперсонала Учреждения в соответствии с законодательством РоссийскойФедерации.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>