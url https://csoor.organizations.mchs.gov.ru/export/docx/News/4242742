--- v0 (2026-01-28)
+++ v1 (2026-03-03)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Информирование военнослужащих по призыву</w:t>
+        <w:t xml:space="preserve">Занятие с военнослужащими по призыву по политической ивоспитательной работе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Государственные учреждения МЧС России</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
         <w:bidiVisual w:val="0"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:color="fffffff"/>
           <w:left w:val="single" w:sz="6" w:color="fffffff"/>
           <w:right w:val="single" w:sz="6" w:color="fffffff"/>
           <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
@@ -99,81 +99,81 @@
               <w:rPr/>
               <w:t xml:space="preserve">27.01.202617:01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Информирование военнослужащих по призыву</w:t>
+              <w:t xml:space="preserve">Занятие с военнослужащими по призыву по политической ивоспитательной работе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Заместителемначальника Центра по воспитательной работебыло проведено информирование с личным составомвоеннослужащих по призыву. В рамках занятия озвучивались вопросы,касающиеся морально-психологического климата в подразделениях,удовлетворенности военной службой и правовым положением.</w:t>
+              <w:t xml:space="preserve">Заместителемначальника Центра по воспитательной работе было проведенозанятие с личным составом военнослужащих по призыву по политическойи воспитательной работе. В рамках занятия озвучивались вопросы,касающиеся морально-психологического климата в подразделениях,удовлетворенности военной службой и правовым положением.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Проведено анонимное анкетирование с целью выявления проблемпрохождения службы в коллективе.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Данное мероприятие проводится в рамках работы с личнымсоставом, в том числе для профилактики неуставных взаимоотношениймежду военнослужащими. На основе полученной в процессе опросаинформации определяются меры по предотвращению нарушений.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>