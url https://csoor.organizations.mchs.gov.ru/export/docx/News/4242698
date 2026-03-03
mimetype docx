--- v0 (2026-01-20)
+++ v1 (2026-03-03)
@@ -129,51 +129,51 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">В Центре"Лидер" продолжают свою работу спортивные секции. Проходяттренировки по мини-футболу с детьми сотрудниковЦентра. Игровая и тренировочная деятельность оказываюткомплексное и разностороннее воздействие на организм, развиваютосновные физические качества – быстроту, ловкость, выносливость,силу, повышают функциональные возможности, формируют различныедвигательные навыки.</w:t>
+              <w:t xml:space="preserve">В Центре"Лидер" продолжают свою работу спортивные секции. Был проведенспортивный праздник с детьми посещающими секцию самбо. Организованаигра в мини-футбол. Игровая и тренировочная деятельностьоказывают комплексное и разностороннее воздействие на организм,развивают основные физические качества – быстроту, ловкость,выносливость, силу, повышают функциональные возможности, формируютразличные двигательные навыки.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Командование Центра не только развивает у молодежи чувствопатриотизма, но и стимулирует на дальнейшие занятия спортом,помогая расти здоровому поколению России. </w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>