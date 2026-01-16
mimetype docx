--- v0 (2025-10-15)
+++ v1 (2026-01-16)
@@ -150,51 +150,51 @@
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Оркестр МЧСРоссии выступает на международном фестивале воВьетнаме. Международный фестиваль оркестров «Полиция мира —Вьетнам 2025» проходит в городе Ханое. Сотрудники Центра «Лидер» иАГПС МЧС России в составе сводного ведомственного оркестра будутвыступать на различных площадках Вьетнама: как в столице, так и впровинции. Свои концерты музыканты посвятят 80-летию Победы вВеликой Отечественной войне и 35-летию образования МЧС России. Врепертуаре любимые россиянами музыкальные композиции разных лет.Уже завтра оркестр МЧС России представит программу «Больше, чеммузыка» в Ханойском колледже искусств. Концерт откроют официальныеприветствия от представителей МЧС России, Посольства РФ ивьетнамских организаторов. После выступления оркестр отправится подругим местам Вьетнама, чтобы продолжить традицию культурногообмена между службами спасения разных стран. Фестиваль,объединивший коллективы из семи государств, завершится 11августа.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>