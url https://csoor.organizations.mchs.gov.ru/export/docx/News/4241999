--- v0 (2025-10-16)
+++ v1 (2026-01-16)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Сегодня нааэродроме Ватулино Рузского района Московской области вторжественной обстановке прошли ежегодные соревнования «КубокРузского городского округа по парашютному спорту имени Героя Россииполковника Катериничева Алексея Викторовича». Участникисоревнований почтили память Героя России, показав отличныерезультаты при выполнении упражнений в различных дисциплинах. Нашисотрудники совершили показательные прыжки с флагами РоссийскойФедерации, МЧС России и Центра «Лидер».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>