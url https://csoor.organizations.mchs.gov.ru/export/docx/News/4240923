--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -156,51 +156,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">На практике отработаны действияпо накладыванию повязок и жгутов на раны,полученные при пулевых и осколочно-разрывных ранениях. Действияпроизводились на условно пострадавшем, которому оказывали помощь,затем происходила поочередная смена. Данные занятия необходимыдля того, чтобы каждый четко мог отработать свои действияв сложившейся ситуации. Возможно полученные знанияпомогут однажды спасти свою или чью-то жизнь.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>