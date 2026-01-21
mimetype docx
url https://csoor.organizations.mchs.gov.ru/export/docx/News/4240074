--- v0 (2025-11-30)
+++ v1 (2026-01-21)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">26 апреля былпроведен смотр готовности отряда, убывающего для проведенияработ на подводном потенциально опасном объекте вБалтийском море Калининградской области. Смотр проводилзаместитель начальника Центра полковник Черняев М.А.Специалисты водолазного отдела представили полный комплектнеобходимого оборудования для проведения предстоящихработ.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>