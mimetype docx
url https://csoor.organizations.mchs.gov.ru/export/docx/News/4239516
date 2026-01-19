--- v0 (2025-11-30)
+++ v1 (2026-01-19)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В Центрепроводится укладка людских десантных парашютных систем,закрепленных за личным составом. Осуществляется подготовкапарашютной техники, проверяется закрепленное за каждым парашютноеснаряжение, осуществляется укладка парашютов. Все эти необходимыемероприятия проводятся для последующих тренировок исовершенствования навыков спасателей при совершении прыжков.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>