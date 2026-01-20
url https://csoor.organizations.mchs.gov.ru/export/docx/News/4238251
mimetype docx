--- v0 (2025-11-30)
+++ v1 (2026-01-20)
@@ -167,51 +167,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Вот уже второй год специалистам Центра предстоит выполнятьзадачи по разминированию Республик, ставших теперьнеотъемлемой частью территории Российской Федерации. Уличного состава отрядов за плечами огромныйопыт выполнения подобных задач. За прошедший периодпроделана большая работа по подготовке и совершенствованиюматериально-технической базы согласно требованиям,диктуемых сегодняшними условиями. Пожелаем нашим товарищам счестью и достоинством выполнить поставленные задачи и поскореевернуться домой!</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>