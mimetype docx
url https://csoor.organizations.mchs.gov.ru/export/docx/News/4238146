--- v0 (2025-11-30)
+++ v1 (2026-01-20)
@@ -159,51 +159,51 @@
               <w:rPr/>
               <w:t xml:space="preserve">Необходимо помнить, что чаще всего сосульки образуются надводостоками, поэтому эти места фасадов домов бывают особенноопасны. Их необходимо обходить стороной. Кроме того, обращайтевнимание на обледенение тротуаров. Обычно более толстый слой наледиобразуется под сосульками.Стоит соблюдать осторожность и повозможности не подходить близко к стенам зданий. Если во времядвижения по тротуару вы услышали наверху подозрительный шум –нельзя останавливаться, поднимать голову и рассматривать, что тамслучилось. Возможно, это сход снега или ледяной глыбы. Бежать отздания тоже нельзя. Нужно как можно быстрее прижаться к стене,козырек крыши послужит укрытием.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>