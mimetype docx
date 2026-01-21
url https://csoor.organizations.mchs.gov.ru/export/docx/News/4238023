--- v0 (2025-12-01)
+++ v1 (2026-01-21)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">9 февраля взале КДЦ была проведена встреча с жителями городка. Проводил данноемероприятие врио начальника Центра "Лидер" полковник Таранюк А.В. Впроцессе проведения встречи обсуждались наиболее важные моменты.Затрагивались вопросы, касающиеся улучшения бытовых условий натерритории проживания, новой подачи данных показаний счетчиков имногие другие. На все заданные вопросы были даны подробныеответы.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>