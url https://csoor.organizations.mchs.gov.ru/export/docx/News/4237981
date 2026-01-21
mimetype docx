--- v0 (2025-12-01)
+++ v1 (2026-01-21)
@@ -150,51 +150,51 @@
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">29 января былорганизован культурно-массовый выезд военнослужащих по призывув Московский молодежный театр под руководством ВячеславаСпесивцева на просмотр спектакля «Горе от ума». Военнослужащиебыли впечатлены оригинальностью постановки спектакля, таккак руководителем было сохранено всепервоначальное содержание, но пьеса обрела новую, невиданнуюдо этого российским зрителем форму. Спектакль прошел вироничной, беззаботной и легкой форме, оставив массу приятныхвпечатлений.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>