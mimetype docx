--- v0 (2025-12-01)
+++ v1 (2026-01-21)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В результатевыпадения большого количества снега, некоторые автомобили игруженые фуры не могут преодолеть подъемы, заснеженные участки искользкие участки дорог. 18 декабря дежурная смена, расчет РХР ирасчет АСМ тяжелого класса привлекались для ликвидации дорожныхзаторов. Спасатели Центра "Лидер" оказывали помощь водителямтранспортных средств. В результате работ осуществлена буксировкаболее 60 застрявших автомобилей.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>