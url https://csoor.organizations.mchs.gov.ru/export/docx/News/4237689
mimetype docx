--- v0 (2025-12-02)
+++ v1 (2026-01-21)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">23 октябрядежурная смена Центра привлекалась для обеспечения доступа впомещение по адресу г. Москва, пос. Мосрентген. Хозяинквартиры не смог попасть домой, так как заклинил замок входнойдвери, открыть ее ключом не удалось. Прибыв на местоспасатели принялись за дело. В ходе проведения работ былобеспечен доступ в жилое помещение. Доступ в жилое помещениеосуществлялся с помощью специального инструмента.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>