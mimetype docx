--- v0 (2025-12-02)
+++ v1 (2026-01-21)
@@ -156,51 +156,51 @@
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В зале царила теплая, дружеская атмосфера. Прежде чем пройтиобряд посвящения, детям предстояло выполнить различные задания,которые для них приготовили сказочные персонажи. Ребятапочувствовали себя настоящими учениками. Проявив свою фантазию исообразительность, они отвечали на самые сложные вопросы. Со всемииспытаниями виновники торжества справились на«отлично». Будущие ученики получили подарки, которые импригодятся в школе. После чего, всех собравшихся в зале ждалпросмотр мультфильма.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>