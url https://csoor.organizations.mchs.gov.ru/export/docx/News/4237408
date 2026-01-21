--- v0 (2025-12-02)
+++ v1 (2026-01-21)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1 августарасчет радиационной и химической разведки Центра «Лидер»привлекался для проведения замеров ПДК паров ртути. Расчет РХРЦентра выехал на место происшествия. Специалисты обследовалиофисное помещение, где был разбит ртутный градусник. После замеровконцентрации паров ртути, расчет РХР провел демеркуризацию жилогопомещения. В результате повторного замера паров ртути, превышенияПДК не выявлено. Перед убытием специалисты провели инструктаж потребованиям безопасности. </w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>