--- v0 (2025-12-02)
+++ v1 (2026-01-22)
@@ -156,51 +156,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Так, москвичи смогли познакомиться с инновационным оборудованиемспасателей и новейшей техникой, применяемой для спасения людей повсему миру. Особенно жителей заинтересовали беспилотные летательныеаппараты. Некоторые даже попробовали самостоятельно управлятьквадрокоптером на симуляторе. Также для всех желающих быларазвернута полевая кухня, где каждый желающий смог отведать«солдатской каши».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>