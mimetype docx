--- v0 (2025-12-02)
+++ v1 (2026-01-22)
@@ -155,51 +155,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Пройдя теоретический курс обучения, сдав зачет на скалодроме поправилам перемещения по различным рельефам, спасатели приступили кпрактическим занятиям, на которых отрабатывали навыки перемещенияпо вертикальным перилам, спасение, подъем, эвакуация пострадавшего.Успешно сдав комплексный экзамен специалисты Центра получилиудостоверения и книжки учёта работ на высоте.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>