--- v0 (2025-12-02)
+++ v1 (2026-01-22)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">У специалистовЦентра «Лидер» стало доброй традицией отдавать частицу себя во имяспасения людей! Военнослужащие стали донорами плазмы крови.Процедуру трансфузии плазмы сотрудники Центра осуществляли вМногофункциональном комплексе ФГБУ «3 Центральный военныйклинический госпиталь им. А.А. Вишневского» Министерства обороныРоссийской Федерации. Одни сотрудники участвовали вблаготворительной донорской акции впервые, другие - на постояннойоснове. В завершение акции медики искренне поблагодарили спасателейЦентра за участие в столь благородной миссии.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>