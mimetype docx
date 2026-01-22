--- v0 (2025-12-02)
+++ v1 (2026-01-22)
@@ -155,51 +155,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Офицеры отдела (беспилотных летательных аппаратов) выполнили 26полетов на беспилотных воздушных судах самолетного (Суперкам S150)и вертолетного (МБАС ВТ) типа, обследовав при этом более 140 кв.километров. Общее время налета составило 19 часов 33 минуты.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>