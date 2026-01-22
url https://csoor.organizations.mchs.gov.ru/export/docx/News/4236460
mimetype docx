--- v0 (2025-12-02)
+++ v1 (2026-01-22)
@@ -162,51 +162,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В лучшую сторону аттестационной комиссией отмечаются: полковникНестеров С.В., подполковник Воробьев И.Н., майор юстиции БайковН.В., майор Бурмистрова М.А., капитан Богданов В.Н., капитан ГерманН.Д., капитан Иванова Л.Е., старший лейтенант Журка Н.А., старшийлейтенант Ляхов С.С., старший лейтенант Сорокин А.Е., лейтенантГребенькова К.Ю., старший прапорщик Власенко М.Е., прапорщикХайдуков Р.Г., младший сержант Золотова К.Ю., г.п. Коржина О.Ю.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>