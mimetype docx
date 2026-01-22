--- v0 (2025-12-02)
+++ v1 (2026-01-22)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">30 ноября набазе Центра «Лидер» проводилась презентация робототехническихсредств фирмы "Гумич". На презентации техники представителямифирмы разработчика присутствовала рабочая группа из составаотделов управлений Центра, штатом которых предусмотреноиспользование РТС подобного типа. Входе демонстрации оценивались технический уровень иэксплуатационные свойства робототехнических средств.Возможность выполнении задач по предназначению в реальныхусловиях эксплуатации. Все результаты зафиксированы и будутпроанализированы для дальнейшего принятия решения.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>