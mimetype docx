--- v0 (2025-10-23)
+++ v1 (2026-01-22)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">17 ноябрярасчет радиационной и химической разведки Центра «Лидер»привлекался для проведения замеров ПДК паров ртути. Расчет РХРЦентра выехал на место происшествия. Специалисты обследовали жилоепомещение, где был разбит ртутный градусник.После замеров концентрации паров ртути, расчет РХР провелдемеркуризацию жилого помещения. В результате повторного замерапаров ртути, превышения ПДК не выявлено. Перед убытием специалистыпровели с жильцами инструктаж по требованиямбезопасности. </w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>