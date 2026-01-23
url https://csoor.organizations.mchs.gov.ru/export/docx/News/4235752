--- v0 (2025-12-03)
+++ v1 (2026-01-23)
@@ -155,51 +155,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Прежде, чем присягнуть на верность Родине и стать настоящимизащитниками Отечества, каждый из ребят прошел дополнительнуюподготовку на сборах молодого пополнения. За это времявоеннослужащие прошли медицинский осмотр, психологическоетестирование, изучили общевойсковые уставы. Ежедневно проводилисьзанятия по строевой подготовке. Они стойко вынесли распорядоксолдатской жизни и сделали самый ответственный шаг – Присягнули наверность Родине.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>