--- v0 (2025-11-10)
+++ v1 (2026-02-23)
@@ -156,51 +156,51 @@
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Военнослужащие Центра лейтенант Корин Д.В. и рядовой Завацкий Р.А.успешно прошли обучение. Приобрели навыки по безопасным методам иприёмам выполнения работ при спасении пострадавших на высоте, сдалина «отлично» все учебные дисциплины. По завершению обученияспециалистам Центра присвоена квалификация «Промышленный альпинист5 разряда», а также  «1 группа по безопасности работ навысоте».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>