--- v0 (2025-12-31)
+++ v1 (2026-02-24)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">16 июля набазе Ногинского СЦ специалисты Центра сдавали комплексный экзаменпо специальности "Первоначальная подготовка спасателей" и прошлипредаттестационную проверку для присвоения классной квалификации"Спасатель". Всего для сдачи комплексного экзамена привлекалось 16человек личного состава, все аттестуемые прошли проверку успешно. Влучшую сторону отмечаются полковник Хрипачев А.С., капитан ИвановаЛ.Е., прапорщик Гавриленко А.В.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>