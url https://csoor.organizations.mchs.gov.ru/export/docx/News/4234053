--- v0 (2025-11-07)
+++ v1 (2026-02-24)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Оркестр Центра«Лидер» под руководством военного дирижера капитана Волкова В.И.принимает участие в тренировке, посвященной Параду Победы, которыйсостоится 24 июня 2020 года на Красной площади. Личный составоркестра ежедневно проводил тренировки на полигоне Алабино.Творческий коллектив будет обеспечивать музыкальное сопровождениемероприятия. Генеральная репетиция юбилейного парада пройдет 20июня на Красной площади.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>