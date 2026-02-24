--- v0 (2025-11-07)
+++ v1 (2026-02-24)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В 01:23:47 всубботу 26 апреля 1986 года на 4-м энергоблоке Чернобыльской АЭСпроизошёл взрыв, который полностью разрушил один из реакторов. Врезультате разрушения в воздух попало большое количестворадиоактивных элементов, которые ветром разнеслись на расстояниеболее 160 тысяч квадратных километров. Наибольшему поражениюподверглись территории городов Припяти и Чернобыля, вследствие чегобыло принято решение о полной эвакуации населения, проживающего в30-километровой зоне от поврежденного реактора. Наибольшую дозуоблучения получили сотрудники АЭС, многие из них скоропостижноумерли от лучевой болезни. Пожар, возникший после взрыва,ликвидировали всем Союзом Советских Социалистических Республик.Работы проводились без специальных костюмов защиты, люди получалигигантские дозы радиации, практически жертвуя своей жизнью.Последствия аварии ликвидируют и по нынешний день: над разрушеннымреактором был построен бетонный саркофаг, выполнялись работы поочистке территорий от опасных радиоактивных элементов. В наиболеезагрязненной 30-километровой зоне (зоне отчуждения) за нескольколет поработало более 600 тысяч человек. Впоследствии все ониполучили статус участника ликвидации чрезвычайной ситуации.Благодаря героизму ликвидаторов, отдавших здоровье и положившихсвои жизни, ради общего блага, последствия аварии для всегочеловечества удалось минимизировать.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>