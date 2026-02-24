--- v0 (2025-11-07)
+++ v1 (2026-02-24)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">СМИ о нас. Обработка Киевского вокзала</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Государственные учреждения МЧС России</w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/><w:bidiVisual w:val="0"/><w:tblBorders><w:top w:val="single" w:sz="6" w:color="fffffff"/><w:left w:val="single" w:sz="6" w:color="fffffff"/><w:right w:val="single" w:sz="6" w:color="fffffff"/><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tblBorders></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="center"/></w:pPr></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="center"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийныхбедствий</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">22.04.202020:04</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr><w:sz w:val="24"/><w:szCs w:val="24"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">СМИ о нас. Обработка Киевского вокзала</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="center"/></w:pPr></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. НТВ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Чем дезинфицируют вокзалыв Москве</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.ntv.ru/novosti/2327745/?from=mailtopfeed</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Москва 24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Сотрудники МЧСобработают Киевский вокзал</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.m24.ru/videos/gorod/22042020/237473</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Москва 24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Как проходитдезинфекция Киевского вокзала</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.m24.ru/videos/Moskva-onlajn/22042020/237560</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Москва 24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Как проходитдезинфекция Киевского вокзала</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.m24.ru/videos/gorod/22042020/237541</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Москва 24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> В Москвепровели дезинфекцию Киевского вокзала</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.youtube.com/watch?v=eErA3atYkc4</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Официальный сайт МЧСРоссии</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> С начала апреля подразделения МЧС Россиипродезинфецировали более 2 млн кв. метров зданий и сооружений повсей стране</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Работы по специальной санитарной обработке проводятся ежедневно спривлечением подразделений радиационной, химической и биологическойзащиты. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">С начала месяца продезинфецировано почти 2,3 тыс. км дорог ипорядка 7 тыс. зданий и сооружений транспортной инфраструктурыобщей площадью более 700 тыс. кв. метров. Кроме того, обработаноболее 260 лечебных и 180 образовательных учреждений общей площадьюпочти 710 тыс. кв. метров и свыше 1,1 тыс. объектов соцобслуживанияобщей площадью более 630 тыс. кв. метров. Помимо этого,организована санобработка почти 9 тыс. единиц техники МЧС России ив более 8,6 тыс. ведомственных зданий.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Москве к настоящему моменту проведена дезинфекция 9 вокзальныхкомплексов. 22 апреля специалисты РХБ защиты ведомственного Центра«Лидер» обработали Киевский вокзал: почти 12,5 тыс. кв. метроввнутренних помещений и более 45 тыс. кв. метров прилегающейтерритории. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Калужской области сотрудники МЧС России провели санитарнуюобработку Думинического поста спасателей, находящегося на 270 кмфедеральной трассы М3 «Украина». Кроме того, ежедневно дежурныйкараул пожарно-спасательной части №4 города Людиново проводитдезинфекцию автомобилей скорой медицинской помощи, выезжающих изобсерватора, развернутого для граждан с подозрениями накоронавирус.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Томской области работы проведены в Академгородке. Бригадыобрабатывали проезжую часть на участках Академического проспекта,ул. 30-летия Победы, Вавилова, Королева и др., где расположенопочти 30 многоквартирных домов, научные центры, социальныеучреждения, предприятия бытового обслуживания.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Группа специальной обработки службы радиационной и химическойзащиты специализированной пожарно-спасательной части (СПСЧ) провеладезинфекцию остановочных павильонов, расположенных в Заводскомрайоне города Орла. За полтора часа сотрудниками МЧС обработано 27остановочных павильонов. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Сотрудники МЧС России в г. Иваново провели плановуюобеззараживающую обработку на территории Ивановской областнойклинической больницы, Ивановского областного клинического центрамедицинской реабилитации, двух детских садов.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Санитарная обработка остановок и дорог, как правило, проходит вночные часы, чтобы не затруднять проезд автотранспорта и несоздавать неудобства прохожим. Специалисты действуют, соблюдаяправил безопасности, - в защитных костюмах и с использованиемсредств индивидуальной защиты. Обработка проводится спирто- ихлорсодержащими растворами.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.mchs.gov.ru/deyatelnost/press-centr/novosti/4138057</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. РИА Новости</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Специалисты МЧСзавершили дезинфекцию всех московских вокзалов</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Специалисты МЧС России завершили санитарную обработкувсех девяти вокзалов в центре Москвы, последний, Киевский,продезинфицировали в среду, сообщили РИА Новости в пресс-службеминистерства. "Проведена дезинфекция девяти вокзальных комплексов.Двадцать второго апреля специалисты РХБ (радиационной, химической ибиологической защиты) центра "Лидер" обработали Киевский вокзал", -сказал собеседник агентства.   По его словам, площадьпродезинфицированных внутренних помещений здания составила почти12,5 тысячи квадратных метров, а прилегающие территории - более 45тысяч квадратных метров.  </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://ria.ru/20200422/1570410424.html</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Известия</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> В Москве завершенадезинфекция всех вокзалов</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Специалисты МЧС России завершили санитарную обработку всех девятистоличных вокзалов. Последним был продезинфицирован Киевскийвокзал. Об этом в среду, 22 апреля, сообщает пресс-службаминистерства.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">«Проведена дезинфекция девяти вокзальных комплексов. Двадцатьвторого апреля специалисты РХБ (радиационной, химической ибиологической защиты) центра «Лидер» обработали Киевский вокзал», —заявили в МЧС. Как стало известно «РИА Новости», всего специалистыпродезинфицировали 12,5 тыс. кв. м внутренних помещений вокзалов иболее 45 тыс. кв. м прилегающих к ним территорий.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://iz.ru/1003055/2020-04-22/v-moskve-zavershena-dezinfektciia-vsekh-vokzalov?utm_source=yxnews&utm_medium=desktop&utm_referrer=https%3A%2F%2Fyandex.ru%2Fnews</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. МК</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> В Москве завершенадезинфекция всех вокзалов</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">На всех девяти столичных вокзалах была завершена санитарнаяобработка – в среду был дезинфицирован Киевский вокзал, которыйпроходил соответствующую обработку последним. Об этомсообщает РИА «Новости» со ссылкой на пресс-службу МЧСРоссии. Как отмечается, площадь продезинфицированных внутреннихпомещений здания составила почти 12,5 тысячи квадратных метров, априлегающие территории площадью достигали более 45 тысяч квадратныхметров.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.mk.ru/social/2020/04/22/v-moskve-zavershena-dezinfekciya-vsekh-vokzalov.html?utm_source=yxnews&utm_medium=desktop&utm_referrer=https%3A%2F%2Fyandex.ru%2Fnews</w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. МЧС Медиа</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> С начала апреляподразделения МЧС России по всей стране продезинфицировали более 2млн кв. м. зданий и сооружений</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">С начала апреля подразделения МЧС России продезинфицировали более 2млн кв. метров зданий и сооружений по всей стране. Как поясняют впресс-службе российского чрезвычайного ведомства, работы поспециальной санитарной обработке проводятся ежедневно спривлечением подразделений радиационной, химической и биологическойзащиты.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Так, с начала месяца продезинфецировано почти 2,3 тыс. км дорог ипорядка 7 тыс. зданий и сооружений транспортной инфраструктурыобщей площадью более 700 тыс. кв. метров. Кроме того, обработаноболее 260 лечебных и 180 образовательных учреждений общей площадьюпочти 710 тыс. кв. метров и свыше 1,1 тыс. объектов соцобслуживанияобщей площадью более 630 тыс. кв. метров. Помимо этого,организована санобработка почти 9 тыс. единиц техники МЧС России ив более 8,6 тыс. ведомственных зданий.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Москве к настоящему моменту проведена дезинфекция 9 вокзальныхкомплексов. 22 апреля специалисты РХБ защиты ведомственного Центра«Лидер» обработали Киевский вокзал: почти 12,5 тыс. кв. метроввнутренних помещений и более 45 тыс. кв. метров прилегающейтерритории.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Калужской области сотрудники МЧС России провели санитарнуюобработку Думинического поста спасателей, находящегося на 270 кмфедеральной трассы М3 «Украина». Кроме того, ежедневно дежурныйкараул пожарно-спасательной части №4 города Людиново проводитдезинфекцию автомобилей скорой медицинской помощи, выезжающих изобсерватора, развернутого для граждан с подозрениями накоронавирус.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Томской области работы проведены в Академгородке. Бригадыобрабатывали проезжую часть на участках Академического проспекта,ул. 30-летия Победы, Вавилова, Королева и др., где расположенопочти 30 многоквартирных домов, научные центры, социальныеучреждения, предприятия бытового обслуживания.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Группа специальной обработки службы радиационной и химическойзащиты специализированной пожарно-спасательной части (СПСЧ) провеладезинфекцию остановочных павильонов, расположенных в Заводскомрайоне города Орла. За полтора часа сотрудниками МЧС обработано 27остановочных павильонов.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Сотрудники МЧС России в г. Иваново провели плановуюобеззараживающую обработку на территории Ивановской областнойклинической больницы, Ивановского областного клинического центрамедицинской реабилитации, двух детских садов.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Санитарная обработка остановок и дорог, как правило, проходит вночные часы, чтобы не затруднять проезд автотранспорта и несоздавать неудобства прохожим. Специалисты действуют, соблюдаяправил безопасности, - в защитных костюмах и с использованиемсредств индивидуальной защиты. Обработка проводится спирто- ихлорсодержащими растворами.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят с портала МЧС Медиа</w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Москва 24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Как проходиладезинфекция Киевского вокзала</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">22 апреля специалисты отряда "Лидер" МЧС России провели санитарнуюобработку здания и прилегающей территории Киевского вокзала.Сотрудники в защитных костюмах обработали камеры хранения, лифты,лестницы, зал ожидания, все кресла, поручни и перила специальнымирастворами. Распылители работают строго на бензине.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Также дезинфекцию провели на перроне.</w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.m24.ru/galleries/gorod/22042020/8619?utm_source=CopyBuf</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Правда.Ру</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Бойцы МЧСпродезинфицировали все вокзалы столицы</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Москве проведена дезинфекция всех девяти вокзальныхкомплексов.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Сотрудники МЧС 22 апреля продезинфицировали специальными средствамипоследний, Киевский, вокзал столицы.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">"Было обработано в общей сложности почти 12,5тысяч квадратных метров внутренних помещений и более 45тысяч квадратных метров прилегающей территории. Работы поспециальной санитарной обработке проводятся ежедневно спривлечением подразделений радиационной, химической и биологическойзащиты," — информировали в пресс-службе МЧС России.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Ранее в МЧС сообщали об обработке еще восьмижелезнодорожных вокзалов Москвы.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Однако дезинфекцию проводят не только на вокзалах, но и в другихобщественных местах.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Так, с начала месяца обработано почти 2,3 тысяч км дорог ипорядка 7 тысяч зданий и сооружений транспортнойинфраструктуры, более 260 лечебных и 180 образовательныхучреждений, уточнили в ведомстве.</w:t></w:r><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят с сайтаhttps://military.pravda.ru/news/1491052-vokzal/?utm_source=yxnews&utm_medium=desktop&utm_referrer=https%3A%2F%2Fyandex.ru%2Fnews</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Вечерняя Москва</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> СотрудникиМЧС продезинфицировали все девять вокзалов столицы</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Специалисты МЧС России провели дезинфекцию всех девяти вокзаловМосквы. Об этом сообщила пресс-служба министерства в среду, 22апреля. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Отмечается, что последним санитарную обработку прошел Киевскийвокзал, его спасатели продезинфицировали в среду. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">— Проведена дезинфекция девяти вокзальных комплексов. 22 апреляспециалисты РХБ (радиационной, химической и биологической защиты)центра «Лидер» обработали Киевский вокзал, — передаетсообщение РИА Новости. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">По данным пресс-службы, продезинфицированная площадь внутрипомещений составила около 12,5 тысячи квадратных метров. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Ранее сообщалось, что 21 апреля специальными дезинфицирующимирастворами сотрудники МЧС обработали Савеловский, Рижский иБелорусский вокзалы столицы. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В столице начали проводить дезинфекцию в поездах и на станцияхметро, в салонах наземного транспорта, в магазинах и в аэропортах.Такие меры призваны прекратить распространение коронавируснойинфекции.</w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://vm.ru/news/795714-sotrudniki-mchs-prodezinficirovali-vse-devyat-vokzalov-stolicy</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Коммерсантъ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Фото дня: 22 апреля</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Дезинфекция Киевского вокзала, благотворительный сбор еды вАфганистане и другие кадры — в фотогалерее “Ъ”.  </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.kommersant.ru/gallery/4328281?from=main_foto#id1889497</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Россия Сегодня</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> ДЕЗИНФЕКЦИЯ КИЕВСКОГО ВОКЗАЛА ВМОСКВЕ</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="center"/></w:pPr><w:r><w:rPr><w:sz w:val="15"/><w:szCs w:val="15"/></w:rPr><w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">СМИ о нас. Обработка Киевского вокзала</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Государственные учреждения МЧС России</w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/><w:bidiVisual w:val="0"/><w:tblBorders><w:top w:val="single" w:sz="6" w:color="fffffff"/><w:left w:val="single" w:sz="6" w:color="fffffff"/><w:right w:val="single" w:sz="6" w:color="fffffff"/><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tblBorders></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="center"/></w:pPr></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="center"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийныхбедствий</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">22.04.202020:04</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr><w:sz w:val="24"/><w:szCs w:val="24"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">СМИ о нас. Обработка Киевского вокзала</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="center"/></w:pPr></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. НТВ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Чем дезинфицируют вокзалыв Москве</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.ntv.ru/novosti/2327745/?from=mailtopfeed</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Москва 24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Сотрудники МЧСобработают Киевский вокзал</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.m24.ru/videos/gorod/22042020/237473</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Москва 24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Как проходитдезинфекция Киевского вокзала</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.m24.ru/videos/Moskva-onlajn/22042020/237560</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Москва 24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Как проходитдезинфекция Киевского вокзала</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.m24.ru/videos/gorod/22042020/237541</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Москва 24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> В Москвепровели дезинфекцию Киевского вокзала</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.youtube.com/watch?v=eErA3atYkc4</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Официальный сайт МЧСРоссии</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> С начала апреля подразделения МЧС Россиипродезинфецировали более 2 млн кв. метров зданий и сооружений повсей стране</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Работы по специальной санитарной обработке проводятся ежедневно спривлечением подразделений радиационной, химической и биологическойзащиты. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">С начала месяца продезинфецировано почти 2,3 тыс. км дорог ипорядка 7 тыс. зданий и сооружений транспортной инфраструктурыобщей площадью более 700 тыс. кв. метров. Кроме того, обработаноболее 260 лечебных и 180 образовательных учреждений общей площадьюпочти 710 тыс. кв. метров и свыше 1,1 тыс. объектов соцобслуживанияобщей площадью более 630 тыс. кв. метров. Помимо этого,организована санобработка почти 9 тыс. единиц техники МЧС России ив более 8,6 тыс. ведомственных зданий.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Москве к настоящему моменту проведена дезинфекция 9 вокзальныхкомплексов. 22 апреля специалисты РХБ защиты ведомственного Центра«Лидер» обработали Киевский вокзал: почти 12,5 тыс. кв. метроввнутренних помещений и более 45 тыс. кв. метров прилегающейтерритории. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Калужской области сотрудники МЧС России провели санитарнуюобработку Думинического поста спасателей, находящегося на 270 кмфедеральной трассы М3 «Украина». Кроме того, ежедневно дежурныйкараул пожарно-спасательной части №4 города Людиново проводитдезинфекцию автомобилей скорой медицинской помощи, выезжающих изобсерватора, развернутого для граждан с подозрениями накоронавирус.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Томской области работы проведены в Академгородке. Бригадыобрабатывали проезжую часть на участках Академического проспекта,ул. 30-летия Победы, Вавилова, Королева и др., где расположенопочти 30 многоквартирных домов, научные центры, социальныеучреждения, предприятия бытового обслуживания.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Группа специальной обработки службы радиационной и химическойзащиты специализированной пожарно-спасательной части (СПСЧ) провеладезинфекцию остановочных павильонов, расположенных в Заводскомрайоне города Орла. За полтора часа сотрудниками МЧС обработано 27остановочных павильонов. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Сотрудники МЧС России в г. Иваново провели плановуюобеззараживающую обработку на территории Ивановской областнойклинической больницы, Ивановского областного клинического центрамедицинской реабилитации, двух детских садов.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Санитарная обработка остановок и дорог, как правило, проходит вночные часы, чтобы не затруднять проезд автотранспорта и несоздавать неудобства прохожим. Специалисты действуют, соблюдаяправил безопасности, - в защитных костюмах и с использованиемсредств индивидуальной защиты. Обработка проводится спирто- ихлорсодержащими растворами.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.mchs.gov.ru/deyatelnost/press-centr/novosti/4138057</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. РИА Новости</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Специалисты МЧСзавершили дезинфекцию всех московских вокзалов</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Специалисты МЧС России завершили санитарную обработкувсех девяти вокзалов в центре Москвы, последний, Киевский,продезинфицировали в среду, сообщили РИА Новости в пресс-службеминистерства. "Проведена дезинфекция девяти вокзальных комплексов.Двадцать второго апреля специалисты РХБ (радиационной, химической ибиологической защиты) центра "Лидер" обработали Киевский вокзал", -сказал собеседник агентства.   По его словам, площадьпродезинфицированных внутренних помещений здания составила почти12,5 тысячи квадратных метров, а прилегающие территории - более 45тысяч квадратных метров.  </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://ria.ru/20200422/1570410424.html</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Известия</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> В Москве завершенадезинфекция всех вокзалов</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Специалисты МЧС России завершили санитарную обработку всех девятистоличных вокзалов. Последним был продезинфицирован Киевскийвокзал. Об этом в среду, 22 апреля, сообщает пресс-службаминистерства.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">«Проведена дезинфекция девяти вокзальных комплексов. Двадцатьвторого апреля специалисты РХБ (радиационной, химической ибиологической защиты) центра «Лидер» обработали Киевский вокзал», —заявили в МЧС. Как стало известно «РИА Новости», всего специалистыпродезинфицировали 12,5 тыс. кв. м внутренних помещений вокзалов иболее 45 тыс. кв. м прилегающих к ним территорий.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://iz.ru/1003055/2020-04-22/v-moskve-zavershena-dezinfektciia-vsekh-vokzalov?utm_source=yxnews&utm_medium=desktop&utm_referrer=https%3A%2F%2Fyandex.ru%2Fnews</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. МК</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> В Москве завершенадезинфекция всех вокзалов</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">На всех девяти столичных вокзалах была завершена санитарнаяобработка – в среду был дезинфицирован Киевский вокзал, которыйпроходил соответствующую обработку последним. Об этомсообщает РИА «Новости» со ссылкой на пресс-службу МЧСРоссии. Как отмечается, площадь продезинфицированных внутреннихпомещений здания составила почти 12,5 тысячи квадратных метров, априлегающие территории площадью достигали более 45 тысяч квадратныхметров.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.mk.ru/social/2020/04/22/v-moskve-zavershena-dezinfekciya-vsekh-vokzalov.html?utm_source=yxnews&utm_medium=desktop&utm_referrer=https%3A%2F%2Fyandex.ru%2Fnews</w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. МЧС Медиа</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> С начала апреляподразделения МЧС России по всей стране продезинфицировали более 2млн кв. м. зданий и сооружений</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">С начала апреля подразделения МЧС России продезинфицировали более 2млн кв. метров зданий и сооружений по всей стране. Как поясняют впресс-службе российского чрезвычайного ведомства, работы поспециальной санитарной обработке проводятся ежедневно спривлечением подразделений радиационной, химической и биологическойзащиты.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Так, с начала месяца продезинфецировано почти 2,3 тыс. км дорог ипорядка 7 тыс. зданий и сооружений транспортной инфраструктурыобщей площадью более 700 тыс. кв. метров. Кроме того, обработаноболее 260 лечебных и 180 образовательных учреждений общей площадьюпочти 710 тыс. кв. метров и свыше 1,1 тыс. объектов соцобслуживанияобщей площадью более 630 тыс. кв. метров. Помимо этого,организована санобработка почти 9 тыс. единиц техники МЧС России ив более 8,6 тыс. ведомственных зданий.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Москве к настоящему моменту проведена дезинфекция 9 вокзальныхкомплексов. 22 апреля специалисты РХБ защиты ведомственного Центра«Лидер» обработали Киевский вокзал: почти 12,5 тыс. кв. метроввнутренних помещений и более 45 тыс. кв. метров прилегающейтерритории.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Калужской области сотрудники МЧС России провели санитарнуюобработку Думинического поста спасателей, находящегося на 270 кмфедеральной трассы М3 «Украина». Кроме того, ежедневно дежурныйкараул пожарно-спасательной части №4 города Людиново проводитдезинфекцию автомобилей скорой медицинской помощи, выезжающих изобсерватора, развернутого для граждан с подозрениями накоронавирус.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Томской области работы проведены в Академгородке. Бригадыобрабатывали проезжую часть на участках Академического проспекта,ул. 30-летия Победы, Вавилова, Королева и др., где расположенопочти 30 многоквартирных домов, научные центры, социальныеучреждения, предприятия бытового обслуживания.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Группа специальной обработки службы радиационной и химическойзащиты специализированной пожарно-спасательной части (СПСЧ) провеладезинфекцию остановочных павильонов, расположенных в Заводскомрайоне города Орла. За полтора часа сотрудниками МЧС обработано 27остановочных павильонов.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Сотрудники МЧС России в г. Иваново провели плановуюобеззараживающую обработку на территории Ивановской областнойклинической больницы, Ивановского областного клинического центрамедицинской реабилитации, двух детских садов.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Санитарная обработка остановок и дорог, как правило, проходит вночные часы, чтобы не затруднять проезд автотранспорта и несоздавать неудобства прохожим. Специалисты действуют, соблюдаяправил безопасности, - в защитных костюмах и с использованиемсредств индивидуальной защиты. Обработка проводится спирто- ихлорсодержащими растворами.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят с портала МЧС Медиа</w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Москва 24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Как проходиладезинфекция Киевского вокзала</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">22 апреля специалисты отряда "Лидер" МЧС России провели санитарнуюобработку здания и прилегающей территории Киевского вокзала.Сотрудники в защитных костюмах обработали камеры хранения, лифты,лестницы, зал ожидания, все кресла, поручни и перила специальнымирастворами. Распылители работают строго на бензине.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Также дезинфекцию провели на перроне.</w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.m24.ru/galleries/gorod/22042020/8619?utm_source=CopyBuf</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Правда.Ру</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Бойцы МЧСпродезинфицировали все вокзалы столицы</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В Москве проведена дезинфекция всех девяти вокзальныхкомплексов.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Сотрудники МЧС 22 апреля продезинфицировали специальными средствамипоследний, Киевский, вокзал столицы.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">"Было обработано в общей сложности почти 12,5тысяч квадратных метров внутренних помещений и более 45тысяч квадратных метров прилегающей территории. Работы поспециальной санитарной обработке проводятся ежедневно спривлечением подразделений радиационной, химической и биологическойзащиты," — информировали в пресс-службе МЧС России.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Ранее в МЧС сообщали об обработке еще восьмижелезнодорожных вокзалов Москвы.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Однако дезинфекцию проводят не только на вокзалах, но и в другихобщественных местах.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Так, с начала месяца обработано почти 2,3 тысяч км дорог ипорядка 7 тысяч зданий и сооружений транспортнойинфраструктуры, более 260 лечебных и 180 образовательныхучреждений, уточнили в ведомстве.</w:t></w:r><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят с сайтаhttps://military.pravda.ru/news/1491052-vokzal/?utm_source=yxnews&utm_medium=desktop&utm_referrer=https%3A%2F%2Fyandex.ru%2Fnews</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Вечерняя Москва</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> СотрудникиМЧС продезинфицировали все девять вокзалов столицы</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Специалисты МЧС России провели дезинфекцию всех девяти вокзаловМосквы. Об этом сообщила пресс-служба министерства в среду, 22апреля. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Отмечается, что последним санитарную обработку прошел Киевскийвокзал, его спасатели продезинфицировали в среду. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">— Проведена дезинфекция девяти вокзальных комплексов. 22 апреляспециалисты РХБ (радиационной, химической и биологической защиты)центра «Лидер» обработали Киевский вокзал, — передаетсообщение РИА Новости. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">По данным пресс-службы, продезинфицированная площадь внутрипомещений составила около 12,5 тысячи квадратных метров. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Ранее сообщалось, что 21 апреля специальными дезинфицирующимирастворами сотрудники МЧС обработали Савеловский, Рижский иБелорусский вокзалы столицы. </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">В столице начали проводить дезинфекцию в поездах и на станцияхметро, в салонах наземного транспорта, в магазинах и в аэропортах.Такие меры призваны прекратить распространение коронавируснойинфекции.</w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://vm.ru/news/795714-sotrudniki-mchs-prodezinficirovali-vse-devyat-vokzalov-stolicy</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Коммерсантъ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Фото дня: 22 апреля</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Дезинфекция Киевского вокзала, благотворительный сбор еды вАфганистане и другие кадры — в фотогалерее “Ъ”.  </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Материал взят ссайта https://www.kommersant.ru/gallery/4328281?from=main_foto#id1889497</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Россия Сегодня</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> ДЕЗИНФЕКЦИЯ КИЕВСКОГО ВОКЗАЛА ВМОСКВЕ</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="center"/></w:pPr><w:r><w:rPr><w:sz w:val="15"/><w:szCs w:val="15"/></w:rPr><w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>