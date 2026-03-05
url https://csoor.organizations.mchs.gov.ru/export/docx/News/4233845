--- v0 (2025-11-07)
+++ v1 (2026-03-05)
@@ -167,51 +167,51 @@
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Виртуальные экскурсии</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> Виртуальный музейг.Санкт-Петербург Виртуальный музей г.Краснодар Виртуальный музейг.Оренбург Виртуальный музей г.Саратов Виртуальный музейг.Ярославль Виртуальный музей г.Кострома Виртуальный музей г.РеутовВиртуальный музей г.Киров Виртуальный музей г.Калуга Виртуальныймузей г.Тула Виртуальный музей г.Ногинск Виртуальный музейг.Серпухов Виртуальный музей г.Сочи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>