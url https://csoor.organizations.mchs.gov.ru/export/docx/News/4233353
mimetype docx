--- v0 (2025-11-08)
+++ v1 (2026-03-03)
@@ -161,51 +161,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Данное необходимое мероприятие проводится ежегодно для отработкинавыков работ под водой на декомпрессионных глубинах. Послевыполнения тренировок на грунте водолазам приходится по несколькочасов проходить плавную декомпрессию для предотвращениявозникновения специфических водолазных заболеваний(барогипертензионный синдром, декомпрессионная болезнь, баротравмалегких, ушей, околоносовых пазух и т.д.).</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>