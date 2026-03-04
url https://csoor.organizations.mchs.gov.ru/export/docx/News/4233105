--- v0 (2025-11-04)
+++ v1 (2026-03-04)
@@ -155,51 +155,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Помимо развлекательного концерта, детей ждали разнообразныеинтерактивные площадки. Ребята изучили устройство пожарногоавтомобиля, постреляли из пожарных рукавов под чутким руководствомнештатной пожарной команды. Было проведено занятие по сюблюдениюправил дорожного движения, но самым увлекательным для детей сталокатание на квадроциклах.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>