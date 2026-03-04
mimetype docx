--- v0 (2025-11-04)
+++ v1 (2026-03-04)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">13 августабыла проведена внезапная проверка боевой готовности личного составапожарного расчета Центра. Проверялись временные показателиреагирования пожарного расчета по сигналу "пожар", порядок действийпо различным водным, практическая отработка тушения возгорания впарковых помещениях. Проверка показала высокую боевую готовностьличного состава пожарного расчета.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>