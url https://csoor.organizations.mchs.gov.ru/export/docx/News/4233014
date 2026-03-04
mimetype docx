--- v0 (2025-11-04)
+++ v1 (2026-03-04)
@@ -164,51 +164,51 @@
               <w:t xml:space="preserve">Тройка лидеров немного изменилась. По-прежнему на первом местедержится представитель Уральского УСЦ МЧС России капитан СулеймановШ.К. На второе место поднялся представитель Центра «Лидер» капитанМедик Н.М. Третье место на сегодняшний день занимает представительКамчатского СЦ капитан Панушков Р.С.</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Разрыв между 1-м и 6-м местом составляет всего лишь 10 баллов, чтоповышает уровень напряжения и создает настоящую интригу. Всеучастники выступают на пределе своих возможностей, но всего лишьнебольшая оплошность может кардинально изменить положение втурнирной таблице.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>