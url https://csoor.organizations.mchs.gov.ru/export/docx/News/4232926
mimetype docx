--- v0 (2025-11-05)
+++ v1 (2026-03-04)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">8 июля натерритории Дома отдыха «Воскресенское» был проведен праздничныйконцерт, посвященный «Дню семьи, любви и верности», на которомстарший офицер отдела воспитательной работы (и связи собщественностью) майор Агапитова О.В. приняла участие, исполнив 2песни. По окончанию мероприятия, начальник Управления социальнойзащиты населения ТиНАО г. Москвы Осипова И.Ю. вручила майоруАгапитовой О.В. благодарственное письмо.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>