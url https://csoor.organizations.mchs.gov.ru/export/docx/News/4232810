--- v0 (2025-11-05)
+++ v1 (2026-03-04)
@@ -153,51 +153,51 @@
               <w:rPr/>
               <w:t xml:space="preserve">13 июня напульт оперативного дежурного поступило сообщение о обнаружениивзрывоопасного предмета по адресу: г. Москва, улица Мневники.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В входе строительных работ при откопки котлована строителиобнаружили подозрительный предмет, после чего сразу вызвалиспециализированные службы. Незамедлительно на место чрезвычайногопроисшествия выехали специалисты Центра «Лидер». Пиротехникиидентифицировали смертельную находку, им оказался артиллерийскийснаряд 105 мм времён ВОВ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>