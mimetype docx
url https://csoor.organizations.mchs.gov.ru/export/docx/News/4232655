--- v0 (2025-11-05)
+++ v1 (2026-03-04)
@@ -173,51 +173,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Для участников мероприятия была подготовлена интересная инасыщенная программа. В робототехническом комплексе работа выставкасовременной техники, находящейся на оснащении Центра. Работалаполевая кухня, где каждый желающий мог отведать солдатскую кашу.Перед штабом была организована сцена, на которой выступал ВИА«Лидер». Фронтовики танцевали под военные песни, которые исполнялимузыкальный коллектив.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>