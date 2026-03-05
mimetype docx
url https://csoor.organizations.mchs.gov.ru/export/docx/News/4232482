--- v0 (2025-11-06)
+++ v1 (2026-03-05)
@@ -147,51 +147,51 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ПринятГосударственной Думой 19 февраля 2019 года Одобрен СоветомФедерации 27 февраля 2019 года Внести в Федеральный закон от 27 мая1998 года N 76-ФЗ "О статусе военнослужащих" (Собраниезаконодательства Российской Федерации, 1998, N 22, ст. 2331; 2006,N 50, ст. 5281; 2009, N 7, ст. 769; 2013, N 48, ст. 6165; 2016, N7, ст. 908) следующие изменения: 1) в статье 7: а) в пункте 1 слова"и военную" заменить словами "или иную охраняемую законом"; б)дополнить пунктом 1.1 следующего содержания: "1.1. Военнослужащим игражданам, призванным на военные сборы, запрещается предоставлятьсредствам массовой информации либо с использованиеминформационно-телекоммуникационной сети "Интернет" распространятьили предоставлять информацию: позволяющую определить принадлежностьили предназначение военнослужащих и граждан, призванных на военныесборы, к Вооруженным Силам Российской Федерации, другим войскам,воинским формированиям и органам; о других военнослужащих игражданах, призванных на военные сборы, гражданах, уволенных своенной службы, членах их семей или их родителях, в том числеинформацию, позволяющую определить место нахождения указанных лиц вопределенный период другим лицам; о своей деятельности илидеятельности других военнослужащих, граждан, призванных на военныесборы, и граждан, уволенных с военной службы, связанной сисполнением обязанностей военной службы; о деятельности органоввоенного управления или органов управления другими войсками,воинскими формированиями и органами, о деятельности объединений,соединений, воинских частей и иных организаций, входящих в составВооруженных Сил Российской Федерации или других войск, воинскихформирований и органов, о деятельности подразделений указанныхорганов военного управления или органов управления, воинских частейи организаций, в том числе информацию о дислокации илипередислокации органов военного управления или органов управления,объединений, соединений, воинских частей, организаций иподразделений, не отнесенную к перечню сведений, составляющихгосударственную тайну."; в) дополнить пунктом 1.2 следующегосодержания: "1.2. Положения пункта 1.1 настоящей статьи нераспространяются на военнослужащих и граждан, призванных на военныесборы, в следующих случаях: если распространение или предоставлениеинформации, указанной в пункте 1.1 настоящей статьи, осуществляетсявоеннослужащими и гражданами, призванными на военные сборы, всоответствии с другими федеральными законами; если предоставлениеинформации, указанной в пункте 1.1 настоящей статьи, осуществляетсяв информационных системах персональных данных; если распространениеили предоставление информации, указанной в пункте 1.1 настоящейстатьи, входит в обязанности военнослужащих и осуществляется впорядке, установленном нормативными правовыми актами федеральныхорганов исполнительной власти или федеральных государственныхорганов, в которых федеральным законом предусмотрена военнаяслужба."; г) дополнить пунктом 1.3 следующего содержания: "1.3. Приисполнении обязанностей военной службы, предусмотренных подпунктами"а", "в", "г", "е", "к", "о" и "п" пункта 1 статьи 37 Федеральногозакона от 28 марта 1998 года N 53-ФЗ "О воинской обязанности ивоенной службе", военнослужащим и гражданам, призванным на военныесборы, запрещается иметь при себе электронные изделия (приборы,технические средства) бытового назначения (далее - электронныеизделия), в которых могут храниться или которые позволяют сиспользованием информационно-телекоммуникационной сети "Интернет"распространять или предоставлять аудио-, фото-, видеоматериалы иданные геолокации."; д) дополнить пунктом 1.4 следующегосодержания: "1.4. Положения пункта 1.3 настоящей статьи нераспространяются на военнослужащих в случае, если указанные впункте 1.3 настоящей статьи электронные изделия используютсявоеннослужащими для выполнения своих обязанностей в порядке,установленном нормативными правовыми актами федеральных органовисполнительной власти или федеральных государственных органов, вкоторых федеральным законом предусмотрена военная служба."; 2)пункт 2 статьи 28.5 дополнить абзацем следующего содержания:"нарушение запретов, установленных в пунктах 1.1 и 1.3 статьи 7настоящего Федерального закона.". Президент Российской Федерации В.Путин Москва, Кремль 6 марта 2019 года N 19-ФЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>