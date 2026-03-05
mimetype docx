--- v0 (2025-11-06)
+++ v1 (2026-03-05)
@@ -154,51 +154,51 @@
               <w:t xml:space="preserve">22 декабря вКДЦ состоялся новогодний детский праздник, который подготовилтворческий коллектив нашего Центра. Очень много ребят, от малышейдо школьников, пришли на новогоднее мероприятие. Яркие новогодниекостюмы ребят поражали своей красотой. Среди сказочных персонажей,которыми переоделись дети, были снежинки, мушкетеры, динозаврик,львенок, божья коровка, пираты и другие.</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Дети с удовольствием водили хороводы вокруг новогодней ёлки,танцевали, дружно пели песни, участвовали в конкурсах, рассказывалистихи Деду Морозу и Снегурочке. Ребята от души веселились созорными сказочными героями, роли которых исполнили сотрудникиЦентра "Лидер".</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>