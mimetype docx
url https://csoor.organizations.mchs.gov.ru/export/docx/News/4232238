--- v0 (2025-11-06)
+++ v1 (2026-03-05)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Видеосюжеты об уникальной работе по утилизации контейнеров схлором специалистами Центра</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Государственные учреждения МЧС России</w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/><w:bidiVisual w:val="0"/><w:tblBorders><w:top w:val="single" w:sz="6" w:color="fffffff"/><w:left w:val="single" w:sz="6" w:color="fffffff"/><w:right w:val="single" w:sz="6" w:color="fffffff"/><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tblBorders></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="center"/></w:pPr></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="center"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийныхбедствий</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">16.12.201813:12</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr><w:sz w:val="24"/><w:szCs w:val="24"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Видеосюжеты об уникальной работе по утилизации контейнеров с хлоромспециалистами Центра</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="center"/></w:pPr></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">СпециалистыРХБ защиты Центра "Лидер" продолжают проведение уникальной операциипо утилизации контейнеров с хлором в Старой Руссе Новгородскойобласти. На данный момент с нарастающим итогов разгерметизировано17 аварийных контейнеров с АХОВ, вскрыто и промыто горячимраствором 10 контейнеров, нейтрализовано 860 кг АХОВ.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Видеосюжет взят с сайта телерадиокомпании "Новгородскоеобластноетелевидение" https://novgorod-tv.ru/novosti/46351-v-staroj-russe-utiliziruyut-kontejnery-s-khlorom-khranyashchiesya-s-sovetskikh-vremen.html</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Видеосюжет взят с сайта ГТРК"Славия" https://www.youtube.com/watch?v=hCDt_zalat0&feature=youtu.be</w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:br/></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="center"/></w:pPr><w:r><w:rPr><w:sz w:val="15"/><w:szCs w:val="15"/></w:rPr><w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Видеосюжеты об уникальной работе по утилизации контейнеров схлором специалистами Центра</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Государственные учреждения МЧС России</w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/><w:bidiVisual w:val="0"/><w:tblBorders><w:top w:val="single" w:sz="6" w:color="fffffff"/><w:left w:val="single" w:sz="6" w:color="fffffff"/><w:right w:val="single" w:sz="6" w:color="fffffff"/><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tblBorders></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="center"/></w:pPr></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="center"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийныхбедствий</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">16.12.201813:12</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr><w:sz w:val="24"/><w:szCs w:val="24"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Видеосюжеты об уникальной работе по утилизации контейнеров с хлоромспециалистами Центра</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcBorders><w:bottom w:val="single" w:sz="6" w:color="fffffff"/></w:tcBorders></w:tcPr><w:p><w:pPr><w:jc w:val="center"/></w:pPr></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="start"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">СпециалистыРХБ защиты Центра "Лидер" продолжают проведение уникальной операциипо утилизации контейнеров с хлором в Старой Руссе Новгородскойобласти. На данный момент с нарастающим итогов разгерметизировано17 аварийных контейнеров с АХОВ, вскрыто и промыто горячимраствором 10 контейнеров, нейтрализовано 860 кг АХОВ.</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Видеосюжет взят с сайта телерадиокомпании "Новгородскоеобластноетелевидение" https://novgorod-tv.ru/novosti/46351-v-staroj-russe-utiliziruyut-kontejnery-s-khlorom-khranyashchiesya-s-sovetskikh-vremen.html</w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:br/><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Видеосюжет взят с сайта ГТРК"Славия" https://www.youtube.com/watch?v=hCDt_zalat0&feature=youtu.be</w:t></w:r><w:br/><w:br/><w:br/><w:br/><w:br/></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:jc w:val="center"/></w:pPr><w:r><w:rPr><w:sz w:val="15"/><w:szCs w:val="15"/></w:rPr><w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>