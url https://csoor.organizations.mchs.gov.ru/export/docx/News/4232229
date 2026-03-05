--- v0 (2025-11-06)
+++ v1 (2026-03-05)
@@ -171,51 +171,51 @@
               <w:rPr/>
               <w:t xml:space="preserve">В течение года в рамках фестиваля «Созвездие мужества» проходилконкурс на лучшие структурные подразделения в системе МЧС России.По его итогам, в номинации «Лучшее спасательное воинскоеформирование МЧС России» победителем был признан ФГКУ «Центр попроведению спасательных операций особого риска «Лидер». За победу вданной номинации начальнику Центра полковнику Анатолию Саввину былвручен переходящий вымпел. Также перед началом торжественногомероприятия на площадке перед Академией сотрудниками Центра быларазвернута выставочная экспозиция, с целью демонстрации современныхобразцов аварийно-спасательной техники, стоящей на вооружении«Лидера».</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Фотоматериалы предоставил Степан Змачинский</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>