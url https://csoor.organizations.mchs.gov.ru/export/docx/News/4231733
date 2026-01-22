--- v0 (2025-11-08)
+++ v1 (2026-01-22)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">12 июля в КДЦбыло проведено собрание с личным составом Центра. На данноммероприятии начальник Центра полковник Саввин А.А. отвечал назаданные вопросы. Большая часть вопросов касаласьсовершенствования профессиональной подготовки, видов обеспечения,карьерного роста, некоторые носили бытовой характер. На всезаданные вопросы начальником Центра и начальниками соответствующихслужб были даны подробные ответы.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>