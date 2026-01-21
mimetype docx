--- v0 (2025-11-08)
+++ v1 (2026-01-21)
@@ -153,51 +153,51 @@
               <w:rPr/>
               <w:t xml:space="preserve">Ровно 22 годаназад был подписан приказ о создании поисковой кинологическойслужбы отряда Центроспас. С тех пор четвероногие бойцы сталинеотъемлемой частью спасательных подразделений МЧС России.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Поздравляем кинологическую службу Центра "Лидер" с ихпрофессиональным праздником! Профессия кинолога под силу не каждомучеловеку. Эта работа для ответственных, терпеливых людей, котораятребует каждодневного настойчивого труда. Вы всегда готовы кнестандартным ситуациям. Спасибо за Ваш профессионализм! Желаем Вамнеустанно совершенствовать своё мастерство, больших успехов накинологическом поприще, послушных и здоровых питомцев. Пусть рядомвсегда работает Ваш преданный и компетентный друг - собака. ВсегоВам самого наилучшего, счастья, благополучия и пониманияблизких!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>