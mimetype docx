--- v0 (2025-11-09)
+++ v1 (2026-01-21)
@@ -153,51 +153,51 @@
               <w:rPr/>
               <w:t xml:space="preserve">25 маясотрудники Центра "Лидер" приняли участие вКубоке Президента РФ по самбо среди силовыхструктур. В этом году соревнования приурочены к празднованию80-летия зарождения самбо и 100-летию со дня основанияРГУФКСМиТ.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В состязаниях принимали участие команды сильнейших российскихсамбистов среди силовых структур, многократные чемпионы мира иЕвропы, заслуженные мастера спорта. Кубок ПрезидентаРоссийской Федерации по самбо был учрежден по инициативеВсероссийской федерации самбо распоряжением Президента РоссийскойФедерации Владимира Путина в 2006 году. Впервые престижнейшийтрофей был разыгран в 2007 году.  За прошедшее время этисоревнования стали одними из самых ярких и зрелищных спортивныхмероприятий года, объединяющими большое количество людей,приверженных ценностям и идеям самбо.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>