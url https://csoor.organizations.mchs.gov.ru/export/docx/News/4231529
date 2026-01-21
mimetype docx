--- v0 (2025-11-09)
+++ v1 (2026-01-21)
@@ -155,51 +155,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Несмотря на дождливую погоду, во дворе 14 дома на улице АдмиралаКорнилова собралось более 40 жителей. Открыл праздник оркестрЦентра «Лидер» военными песнями. Каждый мог попробовать солдатскуюкашу, сфотографироваться на военном автомобиле советского периода,побеседовать с соседями за чашкой чая или обсудить насущныепроблемы с представителем общественного совета ВасилиемВасильевичем. Агапитова О.В. исполнила известные и любимые всемимузыкальные композиции, под которые слушатели смогли танцевать ипеть, а юные граждане поселения угощались сладостями и радовалисьподаренным им шарикам. В завершение праздника Василий Васильевичвыразил благодарность жителям за их участие в празднике и пообещал,что это далеко не последняя встреча соседей, так как подобныемероприятия объединяют. Следующий праздник состоится 26 мая, гдебудет также организована развлекательная программа.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>