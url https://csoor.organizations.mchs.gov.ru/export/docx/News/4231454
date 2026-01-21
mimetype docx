--- v0 (2025-11-09)
+++ v1 (2026-01-21)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Продолжаетсяобучение по программе "Водолазная подготовка", нашего коллегикапитана Федотова А.С. На прошедшей неделе обучаемые практическиотрабатывали оказание помощи аварийному водолазу, проведение ИВЛ наповерхности воды. Почти на каждом занятии проходит освоение новыхобразцов водолазного оборудования, изучают их особенности. Основуобучения составляет практическая отработка водолазных задач.Самочувствие нашего сослуживца хорошее, настрой отличный. Доокончания обучения и сдачи итоговых экзаменов остаётся неделя,уверены что и с этим испытанием капитан Федотов А.С. справитсяблестяще.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>