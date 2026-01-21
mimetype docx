--- v0 (2025-11-09)
+++ v1 (2026-01-21)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">11 апреля дляпроживающих на территории Центра по адресу г. Москва ул. БольшаяФилевская д. 32 Врио заместителем начальника Центра по тылу майоромЧивилёвым М.И. было проведено занятие по соблюдению требованийпожарной безопасности. На занятиях были доведены требования попожарной безопасности, разъяснен порядок действий в случае пожара,порядок действий в случае срабатывания пожарной сигнализации,объяснены основные правила тушения, а так же порядок работы спервичными средствами пожаротушения.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>