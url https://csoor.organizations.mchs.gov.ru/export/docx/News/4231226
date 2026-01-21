--- v0 (2025-11-10)
+++ v1 (2026-01-21)
@@ -180,51 +180,51 @@
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Начальникам управлений занявшим призовые места полковник СаввинА.А. вручил дипломы и кубки. Так же ряду военнослужащих быливручены очередные воинские звания, медали, грамоты, ценные подаркии объявлены благодарности. Подводя итоги стоит отметить, что вфеврале 2018 года сотрудниками Центра была проведена огромнаяработа, благодаря чему Центр успешно справился с решениемпоставленных перед ним задач.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>